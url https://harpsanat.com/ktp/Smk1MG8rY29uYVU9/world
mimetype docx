--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -175,51 +175,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>