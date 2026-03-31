--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -175,51 +175,65 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">KUŞE AMERİKAN 300</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yan Kapak: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YOK</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -259,51 +273,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255717115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">900,00 TL</w:t>
+              <w:t xml:space="preserve">1.945,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Galip Yılmaz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>